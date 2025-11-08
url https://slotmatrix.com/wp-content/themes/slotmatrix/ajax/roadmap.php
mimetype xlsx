--- v0 (2025-10-07)
+++ v1 (2025-11-08)
@@ -18,263 +18,260 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Roadmap SlotMatrix" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Roadmap SlotMatrix'!$A$1:$F$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>SlotMatrix Game Roadmap</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>GAME</t>
   </si>
   <si>
     <t>PROVIDER</t>
   </si>
   <si>
     <t>GAME ID</t>
   </si>
   <si>
     <t>VOLATILITY</t>
   </si>
   <si>
     <t>RTP</t>
   </si>
   <si>
     <t>CATEGORIES</t>
   </si>
   <si>
     <t>MARKETS</t>
   </si>
   <si>
-    <t>October 7, 2025</t>
-[...2 lines deleted...]
-    <t>Vulcan's Gold</t>
+    <t>November 4, 2025</t>
+  </si>
+  <si>
+    <t>Tiki Baka Boom Boom</t>
   </si>
   <si>
     <t>Fantasma Games</t>
   </si>
   <si>
-    <t>vulcansgold / vulcansgold94</t>
+    <t>tikibakaboomboom / tikibakaboomboom_94</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>96.19% / 94.19%</t>
+  </si>
+  <si>
+    <t>Slot</t>
+  </si>
+  <si>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, United Kingdom</t>
+  </si>
+  <si>
+    <t>November 11, 2025</t>
+  </si>
+  <si>
+    <t>Hula Moolah</t>
+  </si>
+  <si>
+    <t>Powderkeg Studios</t>
+  </si>
+  <si>
+    <t>HulaMoolah95</t>
+  </si>
+  <si>
+    <t>Medium-High</t>
+  </si>
+  <si>
+    <t>94.43%</t>
+  </si>
+  <si>
+    <t>Malta, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
+  </si>
+  <si>
+    <t>November 18, 2025</t>
+  </si>
+  <si>
+    <t>Gold Pigger 2 Royal Snouts</t>
+  </si>
+  <si>
+    <t>goldpigger2royalsnouts / goldpigger2royalsnouts_94</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
+    <t>96.09% / 94.1%</t>
+  </si>
+  <si>
+    <t>November 25, 2025</t>
+  </si>
+  <si>
+    <t>Shadow Summoner Egypt</t>
+  </si>
+  <si>
+    <t>shadowsummoneregypt / shadowsummoneregypt_94</t>
+  </si>
+  <si>
+    <t>96.23% / 94.22%</t>
+  </si>
+  <si>
+    <t>December 2, 2025</t>
+  </si>
+  <si>
+    <t>3 Pot Buffalo</t>
+  </si>
+  <si>
+    <t>TaDa Gaming</t>
+  </si>
+  <si>
+    <t>3PotBuffalo</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>94.36%</t>
+  </si>
+  <si>
+    <t>US (Michigan), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>Santa's Golden Christmas</t>
+  </si>
+  <si>
+    <t>santasgoldenchristmas / santasgoldenchristmas_94</t>
+  </si>
+  <si>
+    <t>96.13% / 94.13%</t>
+  </si>
+  <si>
+    <t>December 11, 2025</t>
+  </si>
+  <si>
+    <t>Santa Pigger</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Coming soon</t>
+  </si>
+  <si>
+    <t>Muertos Fortune</t>
+  </si>
+  <si>
+    <t>Jelly Entertainment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUERTOSV9H4 </t>
+  </si>
+  <si>
+    <t>US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>January 13, 2026</t>
+  </si>
+  <si>
+    <t>Thor Power Coins</t>
+  </si>
+  <si>
+    <t>thorpowercoins / thorpowercoins_94</t>
+  </si>
+  <si>
+    <t>96% / 94%</t>
+  </si>
+  <si>
+    <t>January 27, 2026</t>
+  </si>
+  <si>
+    <t>Chonker Riches</t>
+  </si>
+  <si>
+    <t>chonkerriches / chonkerriches_94</t>
+  </si>
+  <si>
     <t>96.16% / 94.16%</t>
   </si>
   <si>
-    <t>Slot</t>
-[...35 lines deleted...]
-    <t>96.08% / 94.35%</t>
+    <t>January 29, 2026</t>
+  </si>
+  <si>
+    <t>Salty Sam's Rage Bait</t>
+  </si>
+  <si>
+    <t>SaltySamsRageBait94</t>
+  </si>
+  <si>
+    <t>Kongo Bongo</t>
+  </si>
+  <si>
+    <t>KongoBongo95</t>
+  </si>
+  <si>
+    <t>94.13%</t>
+  </si>
+  <si>
+    <t>Estonia, Greece, Latvia, Lithuania, Malta, Romania, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
+  </si>
+  <si>
+    <t>Clover Clover</t>
+  </si>
+  <si>
+    <t>cloverclover / cloverclover_94</t>
   </si>
   <si>
     <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
   </si>
   <si>
-    <t>Coming soon</t>
-[...122 lines deleted...]
-    <t>This document has been generated on October 7, 2025 10:26</t>
+    <t>This document has been generated on November 8, 2025 03:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
@@ -731,62 +728,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=vulcansgold&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=aphroditesfortune&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-demo.fantasma.tech/fantasmagames/1001nightsofriches/index.html?game=1001nightsofriches&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;operator=demo&amp;language=en_gb&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-demo.fantasmasmrgs.com/fantasmagames/tikibakaboomboom/index.html?game=tikibakaboomboom&amp;server=https://demo.fantasmasmrgs.com&amp;wallet=demo&amp;operator=demo&amp;language=en_us&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.prod.rgsmatrix.com/launcher?game=HulaMoolah95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=goldpigger2royalsnouts&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=shadowsummoneregypt&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=santasgoldenchristmas&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-staging.fantasmagms.com/fantasmagames/thorpowercoins/index.html?game=thorpowercoins_94&amp;server=https://staging.fantasmagms.com&amp;wallet=demo&amp;operator=demo&amp;language=en_us&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-demo.matrixfantasmargs.com/fantasmagames/chonkerriches/index.html?game=chonkerriches&amp;server=https://demo.matrixfantasmargs.com&amp;wallet=demo&amp;operator=demo&amp;language=en_gb&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/KongoBongo95/index.html?game=KongoBongo95&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=d840aa5d-da0a-43e2-88d1-a684d7963c3c%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-demo.fantasmargs.com/fantasmagames/tikibakaboomboom/index.html?game=tikibakaboomboom&amp;server=https://demo.fantasmargs.com&amp;wallet=demo&amp;operator=demo&amp;language=en_gb&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.prod.rgsmatrix.com/launcher?game=HulaMoolah95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=goldpigger2royalsnouts&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=shadowsummoneregypt&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=3PotBuffalo&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=santasgoldenchristmas&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-staging.fantasmagms.com/fantasmagames/thorpowercoins/index.html?game=thorpowercoins_94&amp;server=https://staging.fantasmagms.com&amp;wallet=demo&amp;operator=demo&amp;language=en_us&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-demo.matrixfantasmargs.com/fantasmagames/chonkerriches/index.html?game=chonkerriches&amp;server=https://demo.matrixfantasmargs.com&amp;wallet=demo&amp;operator=demo&amp;language=en_gb&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/KongoBongo95/index.html?game=KongoBongo95&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=d840aa5d-da0a-43e2-88d1-a684d7963c3c%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I21"/>
+  <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A21" sqref="A21"/>
+      <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.19921875" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="true" style="3"/>
     <col min="2" max="2" width="44.8984375" customWidth="true" style="1"/>
     <col min="3" max="3" width="20.19921875" customWidth="true" style="1"/>
     <col min="4" max="4" width="20.19921875" customWidth="true" style="1"/>
     <col min="5" max="5" width="18.69921875" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.296875" customWidth="true" style="1"/>
     <col min="7" max="7" width="20.59765625" customWidth="true" style="1"/>
     <col min="8" max="8" width="59.5" customWidth="true" style="1"/>
     <col min="9" max="9" width="11.19921875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="159">
       <c r="A1" s="8"/>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
     </row>
@@ -848,431 +845,377 @@
       </c>
       <c r="D5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" customHeight="1" ht="22.05">
       <c r="A6" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D6" s="9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" s="9" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F6" s="9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="9" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="22.05">
       <c r="A7" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>24</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>25</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E7" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F7" s="9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="H7" s="9"/>
+      <c r="H7" s="9" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="22.05">
       <c r="A8" s="9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="9" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="22.05">
       <c r="A9" s="9" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>33</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>34</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="9" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="22.05">
       <c r="A10" s="9" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="22.05">
       <c r="A11" s="9" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>43</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>44</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="H11" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11" s="9"/>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="22.05">
       <c r="A12" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="B12" s="11" t="s">
+      <c r="B12" s="10" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="9" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="22.05">
       <c r="A13" s="9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="22.05">
       <c r="A14" s="9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="22.05">
       <c r="A15" s="9" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="9" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="22.05">
       <c r="A16" s="9" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="22.05">
       <c r="A17" s="9" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="9" t="s">
-        <v>45</v>
-[...25 lines deleted...]
-        <v>45</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:9">
-      <c r="A19" s="9" t="s">
-[...8 lines deleted...]
-      <c r="D19" s="9" t="s">
+      <c r="A19" s="12" t="s">
         <v>69</v>
-      </c>
-[...15 lines deleted...]
-        <v>70</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="A19:H19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
-    <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
-[...2 lines deleted...]
-    <hyperlink ref="B12" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B9" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="B18" r:id="rId_hyperlink_12"/>
-    <hyperlink ref="B19" r:id="rId_hyperlink_13"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="49" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>