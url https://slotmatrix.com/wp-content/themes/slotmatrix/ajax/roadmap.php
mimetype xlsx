--- v1 (2025-11-08)
+++ v2 (2025-11-28)
@@ -18,51 +18,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Roadmap SlotMatrix" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Roadmap SlotMatrix'!$A$1:$F$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>SlotMatrix Game Roadmap</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>GAME</t>
   </si>
   <si>
     <t>PROVIDER</t>
   </si>
   <si>
     <t>GAME ID</t>
   </si>
   <si>
     <t>VOLATILITY</t>
   </si>
   <si>
     <t>RTP</t>
   </si>
   <si>
     <t>CATEGORIES</t>
   </si>
   <si>
@@ -122,156 +122,174 @@
   <si>
     <t>goldpigger2royalsnouts / goldpigger2royalsnouts_94</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
     <t>96.09% / 94.1%</t>
   </si>
   <si>
     <t>November 25, 2025</t>
   </si>
   <si>
     <t>Shadow Summoner Egypt</t>
   </si>
   <si>
     <t>shadowsummoneregypt / shadowsummoneregypt_94</t>
   </si>
   <si>
     <t>96.23% / 94.22%</t>
   </si>
   <si>
     <t>December 2, 2025</t>
   </si>
   <si>
-    <t>3 Pot Buffalo</t>
+    <t>Santa's Golden Christmas</t>
+  </si>
+  <si>
+    <t>santasgoldenchristmas / santasgoldenchristmas_94</t>
+  </si>
+  <si>
+    <t>96.13% / 94.13%</t>
+  </si>
+  <si>
+    <t>December 11, 2025</t>
+  </si>
+  <si>
+    <t>Santa Pigger</t>
+  </si>
+  <si>
+    <t>santapigger / santapigger_94</t>
+  </si>
+  <si>
+    <t>January 6, 2026</t>
+  </si>
+  <si>
+    <t>Crazy 777</t>
   </si>
   <si>
     <t>TaDa Gaming</t>
   </si>
   <si>
-    <t>3PotBuffalo</t>
+    <t>Crazy777</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
-    <t>94.36%</t>
-[...17 lines deleted...]
-    <t>Santa Pigger</t>
+    <t>94.38%</t>
+  </si>
+  <si>
+    <t>US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>January 13, 2026</t>
+  </si>
+  <si>
+    <t>Thor Power Coins</t>
+  </si>
+  <si>
+    <t>thorpowercoins / thorpowercoins_94</t>
+  </si>
+  <si>
+    <t>96% / 94%</t>
+  </si>
+  <si>
+    <t>January 27, 2026</t>
+  </si>
+  <si>
+    <t>Muertos Fortune</t>
+  </si>
+  <si>
+    <t>Jelly Entertainment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUERTOSV9H4 </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Coming soon</t>
-[...28 lines deleted...]
-  <si>
     <t>Chonker Riches</t>
   </si>
   <si>
     <t>chonkerriches / chonkerriches_94</t>
   </si>
   <si>
     <t>96.16% / 94.16%</t>
   </si>
   <si>
     <t>January 29, 2026</t>
   </si>
   <si>
     <t>Salty Sam's Rage Bait</t>
   </si>
   <si>
     <t>SaltySamsRageBait94</t>
   </si>
   <si>
+    <t>February 24, 2026</t>
+  </si>
+  <si>
     <t>Kongo Bongo</t>
   </si>
   <si>
     <t>KongoBongo95</t>
   </si>
   <si>
     <t>94.13%</t>
   </si>
   <si>
     <t>Estonia, Greece, Latvia, Lithuania, Malta, Romania, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
   </si>
   <si>
+    <t>February 26, 2026</t>
+  </si>
+  <si>
     <t>Clover Clover</t>
   </si>
   <si>
     <t>cloverclover / cloverclover_94</t>
   </si>
   <si>
     <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
   </si>
   <si>
-    <t>This document has been generated on November 8, 2025 03:15</t>
+    <t>March 26, 2026</t>
+  </si>
+  <si>
+    <t>Ghost Pigger</t>
+  </si>
+  <si>
+    <t>ghostpigger / ghostpigger_94</t>
+  </si>
+  <si>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, United Kingdom</t>
+  </si>
+  <si>
+    <t>This document has been generated on November 28, 2025 07:57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
@@ -728,62 +746,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-demo.fantasmargs.com/fantasmagames/tikibakaboomboom/index.html?game=tikibakaboomboom&amp;server=https://demo.fantasmargs.com&amp;wallet=demo&amp;operator=demo&amp;language=en_gb&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.prod.rgsmatrix.com/launcher?game=HulaMoolah95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=goldpigger2royalsnouts&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=shadowsummoneregypt&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=3PotBuffalo&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=santasgoldenchristmas&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-staging.fantasmagms.com/fantasmagames/thorpowercoins/index.html?game=thorpowercoins_94&amp;server=https://staging.fantasmagms.com&amp;wallet=demo&amp;operator=demo&amp;language=en_us&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-demo.matrixfantasmargs.com/fantasmagames/chonkerriches/index.html?game=chonkerriches&amp;server=https://demo.matrixfantasmargs.com&amp;wallet=demo&amp;operator=demo&amp;language=en_gb&amp;channel=desktop&amp;rgs=fantasmagames" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/KongoBongo95/index.html?game=KongoBongo95&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=d840aa5d-da0a-43e2-88d1-a684d7963c3c%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=tikibakaboomboom&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.prod.rgsmatrix.com/launcher?game=HulaMoolah95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=goldpigger2royalsnouts&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=shadowsummoneregypt&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=santasgoldenchristmas&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=thorpowercoins&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=chonkerriches&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/KongoBongo95/index.html?game=KongoBongo95&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=d840aa5d-da0a-43e2-88d1-a684d7963c3c%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A19" sqref="A19"/>
+      <selection activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.19921875" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="true" style="3"/>
     <col min="2" max="2" width="44.8984375" customWidth="true" style="1"/>
     <col min="3" max="3" width="20.19921875" customWidth="true" style="1"/>
     <col min="4" max="4" width="20.19921875" customWidth="true" style="1"/>
     <col min="5" max="5" width="18.69921875" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.296875" customWidth="true" style="1"/>
     <col min="7" max="7" width="20.59765625" customWidth="true" style="1"/>
     <col min="8" max="8" width="59.5" customWidth="true" style="1"/>
     <col min="9" max="9" width="11.19921875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="159">
       <c r="A1" s="8"/>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
     </row>
@@ -923,173 +941,173 @@
       </c>
       <c r="D8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="22.05">
       <c r="A9" s="9" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="D9" s="9" t="s">
+      <c r="E9" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" s="9" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="9" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="22.05">
       <c r="A10" s="9" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>38</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="H10" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10" s="9"/>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="22.05">
       <c r="A11" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="9" t="s">
         <v>43</v>
       </c>
-      <c r="B11" s="10" t="s">
+      <c r="E11" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="C11" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="9" t="s">
+      <c r="F11" s="9" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="H11" s="9"/>
+      <c r="H11" s="9" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="22.05">
       <c r="A12" s="9" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B12" s="10" t="s">
         <v>47</v>
       </c>
+      <c r="B12" s="11" t="s">
+        <v>48</v>
+      </c>
       <c r="C12" s="9" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="9" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="22.05">
       <c r="A13" s="9" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="11" t="s">
+      <c r="B13" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="22.05">
       <c r="A14" s="9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="22.05">
       <c r="A15" s="9" t="s">
@@ -1097,125 +1115,151 @@
       </c>
       <c r="B15" s="11" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="22.05">
       <c r="A16" s="9" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="22.05">
       <c r="A17" s="9" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="9" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-        <v>69</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="12" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A20:H20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="B10" r:id="rId_hyperlink_6"/>
-[...4 lines deleted...]
-    <hyperlink ref="B17" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="B12" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B14" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B15" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B16" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="B17" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="B18" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="49" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>