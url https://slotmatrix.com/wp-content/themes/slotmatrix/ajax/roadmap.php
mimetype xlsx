--- v2 (2025-11-28)
+++ v3 (2025-12-19)
@@ -18,278 +18,269 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Roadmap SlotMatrix" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Roadmap SlotMatrix'!$A$1:$F$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>SlotMatrix Game Roadmap</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>GAME</t>
   </si>
   <si>
     <t>PROVIDER</t>
   </si>
   <si>
     <t>GAME ID</t>
   </si>
   <si>
     <t>VOLATILITY</t>
   </si>
   <si>
     <t>RTP</t>
   </si>
   <si>
     <t>CATEGORIES</t>
   </si>
   <si>
     <t>MARKETS</t>
   </si>
   <si>
-    <t>November 4, 2025</t>
-[...2 lines deleted...]
-    <t>Tiki Baka Boom Boom</t>
+    <t>December 2, 2025</t>
+  </si>
+  <si>
+    <t>Santa's Golden Christmas</t>
   </si>
   <si>
     <t>Fantasma Games</t>
   </si>
   <si>
-    <t>tikibakaboomboom / tikibakaboomboom_94</t>
+    <t>santasgoldenchristmas / santasgoldenchristmas_94</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>96.13% / 94.13%</t>
+  </si>
+  <si>
+    <t>Slot</t>
+  </si>
+  <si>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, United Kingdom</t>
+  </si>
+  <si>
+    <t>December 11, 2025</t>
+  </si>
+  <si>
+    <t>Santa Pigger</t>
+  </si>
+  <si>
+    <t>santapigger / santapigger_94</t>
+  </si>
+  <si>
+    <t>96.09% / 94.1%</t>
+  </si>
+  <si>
+    <t>January 6, 2026</t>
+  </si>
+  <si>
+    <t>Crazy 777</t>
+  </si>
+  <si>
+    <t>TaDa Gaming</t>
+  </si>
+  <si>
+    <t>Crazy777</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>94.38%</t>
+  </si>
+  <si>
+    <t>US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>January 13, 2026</t>
+  </si>
+  <si>
+    <t>Thor Power Coins</t>
+  </si>
+  <si>
+    <t>thorpowercoins / thorpowercoins_94</t>
+  </si>
+  <si>
+    <t>96% / 94%</t>
+  </si>
+  <si>
+    <t>January 27, 2026</t>
+  </si>
+  <si>
+    <t>Muertos Fortune</t>
+  </si>
+  <si>
+    <t>Jelly Entertainment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUERTOSV9H4 </t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
-    <t>96.19% / 94.19%</t>
-[...11 lines deleted...]
-    <t>Hula Moolah</t>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Chonker Riches</t>
+  </si>
+  <si>
+    <t>chonkerriches / chonkerriches_94</t>
+  </si>
+  <si>
+    <t>96.16% / 94.16%</t>
+  </si>
+  <si>
+    <t>January 29, 2026</t>
+  </si>
+  <si>
+    <t>Salty Sam's Rage Bait</t>
   </si>
   <si>
     <t>Powderkeg Studios</t>
   </si>
   <si>
-    <t>HulaMoolah95</t>
+    <t>SaltySamsRageBait94</t>
   </si>
   <si>
     <t>Medium-High</t>
   </si>
   <si>
     <t>94.43%</t>
   </si>
   <si>
     <t>Malta, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
   </si>
   <si>
-    <t>November 18, 2025</t>
-[...110 lines deleted...]
-    <t>SaltySamsRageBait94</t>
+    <t>February 3, 2026</t>
+  </si>
+  <si>
+    <t>Catsino Royale</t>
+  </si>
+  <si>
+    <t>catsinoroyale / catsinoroyale_94</t>
+  </si>
+  <si>
+    <t>96.41% / 94.36%</t>
+  </si>
+  <si>
+    <t>February 17, 2026</t>
+  </si>
+  <si>
+    <t>Mission Coinplete</t>
+  </si>
+  <si>
+    <t>missioncoinplete / missioncoinplete_94</t>
+  </si>
+  <si>
+    <t>96.22% / 94%</t>
   </si>
   <si>
     <t>February 24, 2026</t>
   </si>
   <si>
     <t>Kongo Bongo</t>
   </si>
   <si>
     <t>KongoBongo95</t>
   </si>
   <si>
     <t>94.13%</t>
   </si>
   <si>
-    <t>Estonia, Greece, Latvia, Lithuania, Malta, Romania, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
-[...1 lines deleted...]
-  <si>
     <t>February 26, 2026</t>
   </si>
   <si>
     <t>Clover Clover</t>
   </si>
   <si>
     <t>cloverclover / cloverclover_94</t>
   </si>
   <si>
     <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
   </si>
   <si>
     <t>March 26, 2026</t>
   </si>
   <si>
     <t>Ghost Pigger</t>
   </si>
   <si>
     <t>ghostpigger / ghostpigger_94</t>
   </si>
   <si>
     <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, United Kingdom</t>
   </si>
   <si>
-    <t>This document has been generated on November 28, 2025 07:57</t>
+    <t>Coming soon</t>
+  </si>
+  <si>
+    <t>Midas Riches</t>
+  </si>
+  <si>
+    <t>MIDASV2W4</t>
+  </si>
+  <si>
+    <t>93.76%</t>
+  </si>
+  <si>
+    <t>This document has been generated on December 19, 2025 06:26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
@@ -746,62 +737,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=tikibakaboomboom&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.prod.rgsmatrix.com/launcher?game=HulaMoolah95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=goldpigger2royalsnouts&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=shadowsummoneregypt&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=santasgoldenchristmas&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=thorpowercoins&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=chonkerriches&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/KongoBongo95/index.html?game=KongoBongo95&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=d840aa5d-da0a-43e2-88d1-a684d7963c3c%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=santasgoldenchristmas&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=santapigger" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=thorpowercoins&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=chonkerriches&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/KongoBongo95/index.html?game=KongoBongo95&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=d840aa5d-da0a-43e2-88d1-a684d7963c3c%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I20"/>
+  <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A20" sqref="A20"/>
+      <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.19921875" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="true" style="3"/>
     <col min="2" max="2" width="44.8984375" customWidth="true" style="1"/>
     <col min="3" max="3" width="20.19921875" customWidth="true" style="1"/>
     <col min="4" max="4" width="20.19921875" customWidth="true" style="1"/>
     <col min="5" max="5" width="18.69921875" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.296875" customWidth="true" style="1"/>
     <col min="7" max="7" width="20.59765625" customWidth="true" style="1"/>
     <col min="8" max="8" width="59.5" customWidth="true" style="1"/>
     <col min="9" max="9" width="11.19921875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="159">
       <c r="A1" s="8"/>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
     </row>
@@ -863,403 +854,374 @@
       </c>
       <c r="D5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" customHeight="1" ht="22.05">
       <c r="A6" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="9" t="s">
+      <c r="E6" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="9" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6" s="9"/>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="22.05">
       <c r="A7" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="11" t="s">
+      <c r="E7" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="9" t="s">
+      <c r="F7" s="9" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="9" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="22.05">
       <c r="A8" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="11" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="9" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="22.05">
       <c r="A9" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B9" s="11" t="s">
+      <c r="C9" s="9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="9" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="22.05">
       <c r="A10" s="9" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="B10" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="H10" s="9"/>
+      <c r="H10" s="9" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="22.05">
       <c r="A11" s="9" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B11" s="10" t="s">
         <v>41</v>
       </c>
+      <c r="B11" s="11" t="s">
+        <v>42</v>
+      </c>
       <c r="C11" s="9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="22.05">
       <c r="A12" s="9" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="B12" s="11" t="s">
         <v>48</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>49</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="22.05">
       <c r="A13" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="22.05">
       <c r="A14" s="9" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="22.05">
       <c r="A15" s="9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="9" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="22.05">
       <c r="A16" s="9" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="22.05">
       <c r="A17" s="9" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="B17" s="11" t="s">
         <v>68</v>
       </c>
+      <c r="B17" s="10" t="s">
+        <v>69</v>
+      </c>
       <c r="C17" s="9" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="9" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      <c r="B18" s="11" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="12" t="s">
         <v>72</v>
-      </c>
-[...21 lines deleted...]
-        <v>75</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A20:H20"/>
+    <mergeCell ref="A19:H19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
-    <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
-[...7 lines deleted...]
-    <hyperlink ref="B18" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B11" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B14" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B15" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B16" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="49" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>