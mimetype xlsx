--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -18,269 +18,263 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Roadmap SlotMatrix" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Roadmap SlotMatrix'!$A$1:$F$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>SlotMatrix Game Roadmap</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>GAME</t>
   </si>
   <si>
     <t>PROVIDER</t>
   </si>
   <si>
     <t>GAME ID</t>
   </si>
   <si>
     <t>VOLATILITY</t>
   </si>
   <si>
     <t>RTP</t>
   </si>
   <si>
     <t>CATEGORIES</t>
   </si>
   <si>
     <t>MARKETS</t>
   </si>
   <si>
-    <t>December 2, 2025</t>
-[...2 lines deleted...]
-    <t>Santa's Golden Christmas</t>
+    <t>January 6, 2026</t>
+  </si>
+  <si>
+    <t>Crazy 777</t>
+  </si>
+  <si>
+    <t>TaDa Gaming</t>
+  </si>
+  <si>
+    <t>Crazy777</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>94.38%</t>
+  </si>
+  <si>
+    <t>Slot</t>
+  </si>
+  <si>
+    <t>US (Michigan), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>January 13, 2026</t>
+  </si>
+  <si>
+    <t>Thor Power Coins</t>
   </si>
   <si>
     <t>Fantasma Games</t>
   </si>
   <si>
-    <t>santasgoldenchristmas / santasgoldenchristmas_94</t>
+    <t>thorpowercoins / thorpowercoins_94</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
-    <t>96.13% / 94.13%</t>
-[...2 lines deleted...]
-    <t>Slot</t>
+    <t>96% / 94%</t>
   </si>
   <si>
     <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, United Kingdom</t>
   </si>
   <si>
-    <t>December 11, 2025</t>
-[...5 lines deleted...]
-    <t>santapigger / santapigger_94</t>
+    <t>January 27, 2026</t>
+  </si>
+  <si>
+    <t>Muertos Fortune</t>
+  </si>
+  <si>
+    <t>Jelly Entertainment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUERTOSV9H4 </t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>Chonker Riches</t>
+  </si>
+  <si>
+    <t>chonkerriches / chonkerriches_94</t>
+  </si>
+  <si>
+    <t>96.16% / 94.16%</t>
+  </si>
+  <si>
+    <t>January 29, 2026</t>
+  </si>
+  <si>
+    <t>Salty Sam's Rage Bait</t>
+  </si>
+  <si>
+    <t>Powderkeg Studios</t>
+  </si>
+  <si>
+    <t>SaltySamsRageBait94</t>
+  </si>
+  <si>
+    <t>Medium-High</t>
+  </si>
+  <si>
+    <t>94.43%</t>
+  </si>
+  <si>
+    <t>Malta, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
+  </si>
+  <si>
+    <t>February 3, 2026</t>
+  </si>
+  <si>
+    <t>Catsino Royale</t>
+  </si>
+  <si>
+    <t>catsinoroyale / catsinoroyale_94</t>
+  </si>
+  <si>
+    <t>96.41% / 94.36%</t>
+  </si>
+  <si>
+    <t>February 10, 2026</t>
+  </si>
+  <si>
+    <t>Midas Pot</t>
+  </si>
+  <si>
+    <t>MidasPot</t>
+  </si>
+  <si>
+    <t>94.25%</t>
+  </si>
+  <si>
+    <t>February 17, 2026</t>
+  </si>
+  <si>
+    <t>Midas Riches</t>
+  </si>
+  <si>
+    <t>MIDASV2W4</t>
+  </si>
+  <si>
+    <t>93.76%</t>
+  </si>
+  <si>
+    <t>February 24, 2026</t>
+  </si>
+  <si>
+    <t>Kongo Bongo</t>
+  </si>
+  <si>
+    <t>KongoBongo95</t>
+  </si>
+  <si>
+    <t>94.13%</t>
+  </si>
+  <si>
+    <t>February 26, 2026</t>
+  </si>
+  <si>
+    <t>Clover Clover</t>
+  </si>
+  <si>
+    <t>cloverclover / cloverclover_94</t>
+  </si>
+  <si>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
+  </si>
+  <si>
+    <t>March 26, 2026</t>
+  </si>
+  <si>
+    <t>Ghost Pigger</t>
+  </si>
+  <si>
+    <t>ghostpigger / ghostpigger_94</t>
   </si>
   <si>
     <t>96.09% / 94.1%</t>
   </si>
   <si>
-    <t>January 6, 2026</t>
-[...92 lines deleted...]
-    <t>February 17, 2026</t>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, United Kingdom</t>
+  </si>
+  <si>
+    <t>Coming soon</t>
   </si>
   <si>
     <t>Mission Coinplete</t>
   </si>
   <si>
     <t>missioncoinplete / missioncoinplete_94</t>
   </si>
   <si>
-    <t>96.22% / 94%</t>
-[...50 lines deleted...]
-    <t>This document has been generated on December 19, 2025 06:26</t>
+    <t>96.13% / 93.99%</t>
+  </si>
+  <si>
+    <t>This document has been generated on January 9, 2026 01:53</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
@@ -737,62 +731,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=santasgoldenchristmas&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=santapigger" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=thorpowercoins&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=chonkerriches&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/KongoBongo95/index.html?game=KongoBongo95&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=d840aa5d-da0a-43e2-88d1-a684d7963c3c%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=thorpowercoins&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=chonkerriches&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=KongoBongo95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A19" sqref="A19"/>
+      <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.19921875" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="true" style="3"/>
     <col min="2" max="2" width="44.8984375" customWidth="true" style="1"/>
     <col min="3" max="3" width="20.19921875" customWidth="true" style="1"/>
     <col min="4" max="4" width="20.19921875" customWidth="true" style="1"/>
     <col min="5" max="5" width="18.69921875" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.296875" customWidth="true" style="1"/>
     <col min="7" max="7" width="20.59765625" customWidth="true" style="1"/>
     <col min="8" max="8" width="59.5" customWidth="true" style="1"/>
     <col min="9" max="9" width="11.19921875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="159">
       <c r="A1" s="8"/>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
     </row>
@@ -824,404 +818,379 @@
         <v>2</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="22.05">
       <c r="A5" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="11" t="s">
+      <c r="B5" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" customHeight="1" ht="22.05">
       <c r="A6" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D6" s="9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" s="9" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F6" s="9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="9"/>
+      <c r="H6" s="9" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="22.05">
       <c r="A7" s="9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E7" s="9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" s="9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="9" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="22.05">
       <c r="A8" s="9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C8" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="9" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="22.05">
       <c r="A9" s="9" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>34</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>35</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="9" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="22.05">
       <c r="A10" s="9" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>41</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>42</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="9" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="22.05">
       <c r="A11" s="9" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>45</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>46</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="9" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="22.05">
       <c r="A12" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="9" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="22.05">
       <c r="A13" s="9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="B13" s="10" t="s">
         <v>53</v>
       </c>
+      <c r="B13" s="11" t="s">
+        <v>54</v>
+      </c>
       <c r="C13" s="9" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="22.05">
       <c r="A14" s="9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="22.05">
       <c r="A15" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="22.05">
       <c r="A16" s="9" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>66</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>67</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>67</v>
-[...12 lines deleted...]
-      <c r="D17" s="9" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" customHeight="1" ht="22.05"/>
+    <row r="18" spans="1:9">
+      <c r="A18" s="12" t="s">
         <v>70</v>
-      </c>
-[...15 lines deleted...]
-        <v>72</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A18:H18"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
-[...6 lines deleted...]
-    <hyperlink ref="B16" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="B8" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="B9" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B13" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B14" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B15" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="49" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>