--- v4 (2026-01-09)
+++ v5 (2026-02-17)
@@ -18,263 +18,314 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Roadmap SlotMatrix" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Roadmap SlotMatrix'!$A$1:$F$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>SlotMatrix Game Roadmap</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>GAME</t>
   </si>
   <si>
     <t>PROVIDER</t>
   </si>
   <si>
     <t>GAME ID</t>
   </si>
   <si>
     <t>VOLATILITY</t>
   </si>
   <si>
     <t>RTP</t>
   </si>
   <si>
     <t>CATEGORIES</t>
   </si>
   <si>
     <t>MARKETS</t>
   </si>
   <si>
-    <t>January 6, 2026</t>
-[...2 lines deleted...]
-    <t>Crazy 777</t>
+    <t>February 3, 2026</t>
+  </si>
+  <si>
+    <t>Catsino Royale</t>
+  </si>
+  <si>
+    <t>Fantasma Games</t>
+  </si>
+  <si>
+    <t>catsinoroyale / catsinoroyale_94</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>96.41% / 94.36%</t>
+  </si>
+  <si>
+    <t>Slot</t>
+  </si>
+  <si>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, United Kingdom</t>
+  </si>
+  <si>
+    <t>February 10, 2026</t>
+  </si>
+  <si>
+    <t>Midas Pot</t>
   </si>
   <si>
     <t>TaDa Gaming</t>
   </si>
   <si>
-    <t>Crazy777</t>
+    <t>MidasPot</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
-    <t>94.38%</t>
-[...17 lines deleted...]
-    <t>thorpowercoins / thorpowercoins_94</t>
+    <t>94.25%</t>
+  </si>
+  <si>
+    <t>US (Connecticut), US (Michigan), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>February 17, 2026</t>
+  </si>
+  <si>
+    <t>Midas Riches</t>
+  </si>
+  <si>
+    <t>Jelly Entertainment</t>
+  </si>
+  <si>
+    <t>Midasriches</t>
+  </si>
+  <si>
+    <t>93.71%</t>
+  </si>
+  <si>
+    <t>US (Michigan), US (New Jersey), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>February 24, 2026</t>
+  </si>
+  <si>
+    <t>Kongo Bongo</t>
+  </si>
+  <si>
+    <t>Powderkeg Studios</t>
+  </si>
+  <si>
+    <t>KongoBongo95</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
-    <t>96% / 94%</t>
-[...17 lines deleted...]
-    <t>High</t>
+    <t>94.13%</t>
+  </si>
+  <si>
+    <t>Malta, US (Connecticut), US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
+  </si>
+  <si>
+    <t>February 26, 2026</t>
+  </si>
+  <si>
+    <t>Clover Clover</t>
+  </si>
+  <si>
+    <t>cloverclover / cloverclover_94</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
+  </si>
+  <si>
+    <t>March 3, 2026</t>
+  </si>
+  <si>
+    <t>The Honey Hell</t>
+  </si>
+  <si>
+    <t>TheHoneyHell96</t>
+  </si>
+  <si>
+    <t>Medium-High</t>
+  </si>
+  <si>
+    <t>95.84%</t>
+  </si>
+  <si>
+    <t>March 10, 2026</t>
+  </si>
+  <si>
+    <t>Leprechaos</t>
+  </si>
+  <si>
+    <t>Leprechaos94</t>
+  </si>
+  <si>
+    <t>94.2%</t>
+  </si>
+  <si>
+    <t>March 17, 2026</t>
+  </si>
+  <si>
+    <t>Money Coming</t>
+  </si>
+  <si>
+    <t>MoneyComing</t>
+  </si>
+  <si>
+    <t>94%</t>
+  </si>
+  <si>
+    <t>March 24, 2026</t>
+  </si>
+  <si>
+    <t>Ghost Pigger</t>
+  </si>
+  <si>
+    <t>ghostpigger / ghostpigger_94</t>
+  </si>
+  <si>
+    <t>96.09% / 94.1%</t>
+  </si>
+  <si>
+    <t>Eagle of Fortune</t>
+  </si>
+  <si>
+    <t>EAGLEV8F4</t>
+  </si>
+  <si>
     <t>US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia)</t>
   </si>
   <si>
-    <t>Chonker Riches</t>
-[...101 lines deleted...]
-    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, United Kingdom</t>
+    <t>March 31, 2026</t>
+  </si>
+  <si>
+    <t>Mission Coinplete</t>
+  </si>
+  <si>
+    <t>missioncoinplete / missioncoinplete_94</t>
+  </si>
+  <si>
+    <t>96.13% / 93.99%</t>
+  </si>
+  <si>
+    <t>April 7, 2026</t>
+  </si>
+  <si>
+    <t>Thunder Hydra Coins Max</t>
+  </si>
+  <si>
+    <t>thunderhydracoinsmax / thunderhydracoinsmax_94</t>
+  </si>
+  <si>
+    <t>96.04% / 94.1%</t>
+  </si>
+  <si>
+    <t>Devil's Treasures 2</t>
+  </si>
+  <si>
+    <t>Devil'sTreasures2</t>
+  </si>
+  <si>
+    <t>94.03%</t>
+  </si>
+  <si>
+    <t>April 14, 2026</t>
+  </si>
+  <si>
+    <t>Banana X</t>
+  </si>
+  <si>
+    <t>bananax / bananax_94 / bananax_92</t>
+  </si>
+  <si>
+    <t>96.38% / 94.4% / 92.38%</t>
+  </si>
+  <si>
+    <t>April 28, 2026</t>
+  </si>
+  <si>
+    <t>Hades Cerberus Riches</t>
+  </si>
+  <si>
+    <t>hadescerberusriches / hadescerberusriches_94</t>
+  </si>
+  <si>
+    <t>96.24% / 94.1%</t>
   </si>
   <si>
     <t>Coming soon</t>
   </si>
   <si>
-    <t>Mission Coinplete</t>
-[...8 lines deleted...]
-    <t>This document has been generated on January 9, 2026 01:53</t>
+    <t>Coin Nonet Joker</t>
+  </si>
+  <si>
+    <t>CoinNonetJoker</t>
+  </si>
+  <si>
+    <t>94.21%</t>
+  </si>
+  <si>
+    <t>The Aztec Wheel</t>
+  </si>
+  <si>
+    <t>TheAztecWheel96</t>
+  </si>
+  <si>
+    <t>This document has been generated on February 17, 2026 03:53</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
@@ -731,62 +782,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=thorpowercoins&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=chonkerriches&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/SaltySamsRageBait94/index.html?game=SaltySamsRageBait94&amp;language=en&amp;operator=TEST_LAB&amp;aggregator=EVERYMATRIX&amp;device=mobile&amp;token=bb312dac-5a79-4973-b89d-24b763a8bf12%3D&amp;operatorName=TEST_LAB" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=KongoBongo95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=MidasPot&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=Midasriches&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=KongoBongo95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=thunderhydracoinsmax&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=bananax" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=hadescerberusriches" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I18"/>
+  <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18"/>
+      <selection activeCell="A23" sqref="A23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.19921875" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="true" style="3"/>
     <col min="2" max="2" width="44.8984375" customWidth="true" style="1"/>
     <col min="3" max="3" width="20.19921875" customWidth="true" style="1"/>
     <col min="4" max="4" width="20.19921875" customWidth="true" style="1"/>
     <col min="5" max="5" width="18.69921875" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.296875" customWidth="true" style="1"/>
     <col min="7" max="7" width="20.59765625" customWidth="true" style="1"/>
     <col min="8" max="8" width="59.5" customWidth="true" style="1"/>
     <col min="9" max="9" width="11.19921875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="159">
       <c r="A1" s="8"/>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
     </row>
@@ -870,327 +921,458 @@
         <v>18</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="22.05">
       <c r="A7" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="10" t="s">
+      <c r="B7" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="9" t="s">
+      <c r="G7" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" s="9" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="22.05">
       <c r="A8" s="9" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="9" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="22.05">
       <c r="A9" s="9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="22.05">
       <c r="A10" s="9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="9" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="22.05">
       <c r="A11" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" s="9" t="s">
         <v>45</v>
       </c>
-      <c r="B11" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F11" s="9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="9" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="22.05">
       <c r="A12" s="9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="9" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="22.05">
       <c r="A13" s="9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="22.05">
       <c r="A14" s="9" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>55</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>59</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="22.05">
       <c r="A15" s="9" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="B15" s="11" t="s">
         <v>62</v>
       </c>
+      <c r="B15" s="10" t="s">
+        <v>63</v>
+      </c>
       <c r="C15" s="9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="9" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="22.05">
       <c r="A16" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="B16" s="10" t="s">
+      <c r="B16" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" customHeight="1" ht="22.05">
+      <c r="A17" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" s="9" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="17" spans="1:9" customHeight="1" ht="22.05"/>
     <row r="18" spans="1:9">
-      <c r="A18" s="12" t="s">
-        <v>70</v>
+      <c r="A18" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G18" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G19" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E20" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" s="9" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="12" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A18:H18"/>
+    <mergeCell ref="A23:H23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="B8" r:id="rId_hyperlink_2"/>
-[...3 lines deleted...]
-    <hyperlink ref="B15" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B13" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B16" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B18" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B19" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="49" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>