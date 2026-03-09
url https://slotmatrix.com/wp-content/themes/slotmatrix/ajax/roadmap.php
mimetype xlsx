--- v5 (2026-02-17)
+++ v6 (2026-03-09)
@@ -18,314 +18,266 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Roadmap SlotMatrix" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Roadmap SlotMatrix'!$A$1:$F$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>SlotMatrix Game Roadmap</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>GAME</t>
   </si>
   <si>
     <t>PROVIDER</t>
   </si>
   <si>
     <t>GAME ID</t>
   </si>
   <si>
     <t>VOLATILITY</t>
   </si>
   <si>
     <t>RTP</t>
   </si>
   <si>
     <t>CATEGORIES</t>
   </si>
   <si>
     <t>MARKETS</t>
   </si>
   <si>
-    <t>February 3, 2026</t>
-[...2 lines deleted...]
-    <t>Catsino Royale</t>
+    <t>March 3, 2026</t>
+  </si>
+  <si>
+    <t>The Honey Hell</t>
+  </si>
+  <si>
+    <t>Powderkeg Studios</t>
+  </si>
+  <si>
+    <t>TheHoneyHell96</t>
+  </si>
+  <si>
+    <t>Medium-High</t>
+  </si>
+  <si>
+    <t>95.84%</t>
+  </si>
+  <si>
+    <t>Slot</t>
+  </si>
+  <si>
+    <t>Malta, US (Connecticut), US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia), United Kingdom</t>
+  </si>
+  <si>
+    <t>March 10, 2026</t>
+  </si>
+  <si>
+    <t>Leprechaos</t>
+  </si>
+  <si>
+    <t>Leprechaos94</t>
+  </si>
+  <si>
+    <t>94.2%</t>
+  </si>
+  <si>
+    <t>March 17, 2026</t>
+  </si>
+  <si>
+    <t>Money Coming</t>
+  </si>
+  <si>
+    <t>TaDa Gaming</t>
+  </si>
+  <si>
+    <t>MoneyComing</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>94%</t>
+  </si>
+  <si>
+    <t>US (Connecticut), US (Michigan), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>March 24, 2026</t>
+  </si>
+  <si>
+    <t>Ghost Pigger</t>
   </si>
   <si>
     <t>Fantasma Games</t>
   </si>
   <si>
-    <t>catsinoroyale / catsinoroyale_94</t>
+    <t>ghostpigger / ghostpigger_94</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>96.09% / 94.1%</t>
+  </si>
+  <si>
+    <t>Brazil, Bulgaria, Denmark, Estonia, Greece, Latvia, Malta, Ontario, Peru, Portugal, Romania, Sweden, United Kingdom</t>
+  </si>
+  <si>
+    <t>Eagle of Fortune</t>
+  </si>
+  <si>
+    <t>Jelly Entertainment</t>
+  </si>
+  <si>
+    <t>EAGLEV8F4</t>
+  </si>
+  <si>
+    <t>US (Michigan), US (New Jersey), US (Pennsylvania), US (West Virginia)</t>
+  </si>
+  <si>
+    <t>March 31, 2026</t>
+  </si>
+  <si>
+    <t>Mission Coinplete</t>
+  </si>
+  <si>
+    <t>missioncoinplete / missioncoinplete_94</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
-    <t>96.41% / 94.36%</t>
-[...20 lines deleted...]
-    <t>Low</t>
+    <t>96.13% / 93.99%</t>
+  </si>
+  <si>
+    <t>April 7, 2026</t>
+  </si>
+  <si>
+    <t>Thunder Hydra Coins Max</t>
+  </si>
+  <si>
+    <t>thunderhydracoinsmax / thunderhydracoinsmax_94</t>
+  </si>
+  <si>
+    <t>96.04% / 94.1%</t>
+  </si>
+  <si>
+    <t>April 14, 2026</t>
+  </si>
+  <si>
+    <t>Banana X</t>
+  </si>
+  <si>
+    <t>bananax / bananax_94 / bananax_92</t>
+  </si>
+  <si>
+    <t>96.38% / 94.4% / 92.38%</t>
+  </si>
+  <si>
+    <t>April 28, 2026</t>
+  </si>
+  <si>
+    <t>Hades Cerberus Riches</t>
+  </si>
+  <si>
+    <t>hadescerberusriches / hadescerberusriches_94</t>
+  </si>
+  <si>
+    <t>96.24% / 94.1%</t>
+  </si>
+  <si>
+    <t>May 5, 2026</t>
+  </si>
+  <si>
+    <t>Devil's Treasures 2</t>
+  </si>
+  <si>
+    <t>Devil'sTreasures2</t>
+  </si>
+  <si>
+    <t>94.03%</t>
+  </si>
+  <si>
+    <t>May 19, 2026</t>
+  </si>
+  <si>
+    <t>The Aztec Wheel</t>
+  </si>
+  <si>
+    <t>TheAztecWheel96</t>
+  </si>
+  <si>
+    <t>95.83%</t>
+  </si>
+  <si>
+    <t>Coming soon</t>
+  </si>
+  <si>
+    <t>Coin Nonet Joker</t>
+  </si>
+  <si>
+    <t>CoinNonetJoker</t>
+  </si>
+  <si>
+    <t>94.21%</t>
+  </si>
+  <si>
+    <t>Coin Nonet Clover 3x3</t>
+  </si>
+  <si>
+    <t>CoinNonetClover3x3</t>
   </si>
   <si>
     <t>94.25%</t>
   </si>
   <si>
-    <t>US (Connecticut), US (Michigan), US (Pennsylvania), US (West Virginia)</t>
-[...191 lines deleted...]
-    <t>This document has been generated on February 17, 2026 03:53</t>
+    <t>This document has been generated on March 9, 2026 09:34</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
@@ -782,62 +734,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=MidasPot&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=Midasriches&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=KongoBongo95&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=cloverclover&amp;wallet=demo&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=thunderhydracoinsmax&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=bananax" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=hadescerberusriches" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=TheHoneyHell96&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=MoneyComing&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?game=ghostpigger&amp;server=https://demo.fantasma.tech&amp;wallet=demo&amp;provider=tequity&amp;operator=demo&amp;language=en_gb&amp;channel=desktop" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=missioncoinplete" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?provider=fantasmagames&amp;game=thunderhydracoinsmax&amp;operator=demo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=bananax" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.fantasma.tech/launch/fun?&amp;operator=demo&amp;game=hadescerberusriches" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://games.test.rgsmatrix.com/launcher?game=Devil%27sTreasures2&amp;language=en&amp;operator=DEMO&amp;aggregator=EVERYMATRIX&amp;device=desktop" TargetMode="External"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A23" sqref="A23"/>
+      <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.19921875" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="true" style="3"/>
     <col min="2" max="2" width="44.8984375" customWidth="true" style="1"/>
     <col min="3" max="3" width="20.19921875" customWidth="true" style="1"/>
     <col min="4" max="4" width="20.19921875" customWidth="true" style="1"/>
     <col min="5" max="5" width="18.69921875" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.296875" customWidth="true" style="1"/>
     <col min="7" max="7" width="20.59765625" customWidth="true" style="1"/>
     <col min="8" max="8" width="59.5" customWidth="true" style="1"/>
     <col min="9" max="9" width="11.19921875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="159">
       <c r="A1" s="8"/>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
     </row>
@@ -869,510 +821,406 @@
         <v>2</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="22.05">
       <c r="A5" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="10" t="s">
+      <c r="B5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" customHeight="1" ht="22.05">
       <c r="A6" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="11" t="s">
+      <c r="B6" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="9" t="s">
+      <c r="E6" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="9" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="9" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="22.05">
       <c r="A7" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="11" t="s">
+      <c r="E7" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="9" t="s">
+      <c r="F7" s="9" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="22.05">
       <c r="A8" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="11" t="s">
+      <c r="D8" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="C8" s="9" t="s">
+      <c r="E8" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="F8" s="9" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="22.05">
       <c r="A9" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" s="9" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="G9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="9" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="22.05">
       <c r="A10" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="10" t="s">
+      <c r="F10" s="9" t="s">
         <v>43</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="22.05">
       <c r="A11" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="9" t="s">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="22.05">
       <c r="A12" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" s="9" t="s">
         <v>51</v>
-      </c>
-[...13 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="9" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="22.05">
       <c r="A13" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" s="9" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="22.05">
       <c r="A14" s="9" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="B14" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" s="9" t="s">
         <v>59</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="22.05">
       <c r="A15" s="9" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="22.05">
       <c r="A16" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="B16" s="11" t="s">
+      <c r="E16" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F16" s="9" t="s">
         <v>67</v>
-      </c>
-[...10 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="22.05">
       <c r="A17" s="9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B17" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F17" s="9" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="9" t="s">
-        <v>23</v>
-[...25 lines deleted...]
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:9">
-      <c r="A19" s="9" t="s">
-[...78 lines deleted...]
-        <v>87</v>
+      <c r="A19" s="12" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A23:H23"/>
+    <mergeCell ref="A19:H19"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
-    <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
-[...3 lines deleted...]
-    <hyperlink ref="B19" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B11" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B12" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B13" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B14" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="49" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>